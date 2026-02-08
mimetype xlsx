--- v0 (2025-12-26)
+++ v1 (2026-02-08)
@@ -1,75 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Climate Change Program\Clean Heat Standard\Reporting Docs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\ARMA\AQPlan\Climate Change Program\Clean Heat Standard\Reporting Docs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{69B3FC8F-1266-4BA0-87EB-78C717E0606B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="w9Mmuk993dz7UOAXp8Gs+wB6zBA9RX6q6vGvNDcwT0ydb2Ll8zdXeivguzotr73iIkIKMvJ8OY5c8D8CpzBDsQ==" workbookSaltValue="NjN+ezwiahpdU3shMSDRwg==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0BD7B93C-4067-48CD-BFB9-E69705E54370}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="HqMcAP3gpUJSWUkrDlzC7lnl50N0tqcL5Vm7FnYLDcbRw0WRpXaDT4Jn7AKaRffKF9dm/OZ6kXPK5evOAtQJBA==" workbookSaltValue="Mot2pxN3/a0O0M1E59SlPQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-2685" windowWidth="29040" windowHeight="15720" tabRatio="680" xr2:uid="{99CB7C70-079A-4218-AC19-2953AA2447F2}"/>
+    <workbookView xWindow="-120" yWindow="-16320" windowWidth="29040" windowHeight="15720" tabRatio="680" xr2:uid="{99CB7C70-079A-4218-AC19-2953AA2447F2}"/>
   </bookViews>
   <sheets>
     <sheet name="readme" sheetId="8" r:id="rId1"/>
     <sheet name="Setup" sheetId="1" r:id="rId2"/>
     <sheet name="Input Sheet" sheetId="25" r:id="rId3"/>
     <sheet name="helper" sheetId="3" state="hidden" r:id="rId4"/>
     <sheet name="Standard_Output" sheetId="26" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="CountyListHelper">helper!$R$2:$R$25</definedName>
     <definedName name="FuelCatHelper" comment="Fuel Category helper. Reacts to user input on the &quot;Setup&quot; sheet.">helper!$W:$W</definedName>
     <definedName name="FuelListHelper" comment="Fuel List helper. Reacts to user input on the Setup sheet.">helper!$J:$J</definedName>
     <definedName name="fuelUnitshelper">helper!$K:$K</definedName>
     <definedName name="ListGen" comment="Taking 2 arrays, returns a single 2-column array of all possible combinations between the two input arrays.">_xlfn.LAMBDA(_xlpm.array1,_xlpm.array2,_xlpm.array3, _xlfn.LET(_xlpm.fuel,_xlfn.UNIQUE(_xlpm.array1), _xlpm.fuelunit, _xlpm.array2, _xlpm.fuelCat,TRANSPOSE(_xlpm.array3), _xlpm.txt,_xlfn.TOCOL((_xlpm.fuel &amp; "?" &amp; _xlpm.fuelunit) &amp; "@" &amp; _xlpm.fuelCat), _xlpm.cola,_xlfn.TEXTBEFORE(_xlpm.txt,"?"), _xlpm.colb,_xlfn.TEXTAFTER(_xlfn.TEXTBEFORE(_xlpm.txt,"@"),"?"), _xlpm.colc,_xlfn.TEXTAFTER(_xlpm.txt,"@"), _xlfn.HSTACK(_xlpm.cola,_xlpm.colb,_xlpm.colc)))</definedName>
     <definedName name="RemoveBlanks" comment="Given a single column array, remove blanks in an array">_xlfn.LAMBDA(_xlop.array,_xlfn.DROP(_xlfn._xlws.SORT(_xlpm.array),COUNTBLANK(_xlpm.array)))</definedName>
     <definedName name="RemoveColumnBlanks" comment="Removes blanks from a column with a header, disregarding the header.">_xlfn.LAMBDA(_xlpm.inputArray,_xlfn.LET(_xlpm.array,_xlfn.TRIMRANGE(_xlfn.DROP(_xlpm.inputArray,1,0),2,0), _xlfn._xlws.FILTER(_xlpm.array,_xlpm.array&lt;&gt;"",)))</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
@@ -335,51 +336,51 @@
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="1"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
   <valueMetadata count="2">
     <bk>
       <rc t="2" v="0"/>
     </bk>
     <bk>
       <rc t="2" v="1"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="111">
   <si>
     <t>Month Helper</t>
   </si>
   <si>
     <t>What Counties to you deliver to?</t>
   </si>
   <si>
     <t>Allegany</t>
   </si>
   <si>
     <t>Anne Arundel</t>
   </si>
   <si>
     <t>Baltimore City</t>
   </si>
   <si>
     <t>Baltimore County</t>
   </si>
   <si>
     <t>Calvert</t>
   </si>
   <si>
     <t>Caroline</t>
   </si>
   <si>
@@ -421,89 +422,83 @@
   <si>
     <t>Somerset</t>
   </si>
   <si>
     <t>Washington</t>
   </si>
   <si>
     <t>Wicomico</t>
   </si>
   <si>
     <t>Worcester</t>
   </si>
   <si>
     <t>County List</t>
   </si>
   <si>
     <t>Fuel List</t>
   </si>
   <si>
     <t>Fuel</t>
   </si>
   <si>
     <t>Talbot</t>
   </si>
   <si>
-    <t>What Year are you reporting for</t>
-[...1 lines deleted...]
-  <si>
     <t>YearHelper</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>St. Mary's</t>
   </si>
   <si>
     <t>Propane</t>
   </si>
   <si>
     <t>No. 1 Fuel Oil</t>
   </si>
   <si>
     <t>No. 4 Fuel Oil</t>
   </si>
   <si>
     <t>No. 2 Fuel Oil</t>
   </si>
   <si>
     <t>Natural Gas</t>
   </si>
   <si>
     <t>Coal</t>
   </si>
   <si>
     <t>helper counties list</t>
   </si>
   <si>
     <t>helper fuel list</t>
   </si>
   <si>
-    <t>Electric Generation</t>
-[...1 lines deleted...]
-  <si>
     <t>Units</t>
   </si>
   <si>
     <t>gallons</t>
   </si>
   <si>
     <t>Input Company Name</t>
   </si>
   <si>
     <t>Input Company Address</t>
   </si>
   <si>
     <t>Input Company ID</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Yes or BLANK</t>
   </si>
   <si>
     <t>Company ID</t>
   </si>
   <si>
     <t>Residential</t>
@@ -646,66 +641,78 @@
   <si>
     <t>July</t>
   </si>
   <si>
     <t>August</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>October</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>December</t>
   </si>
   <si>
     <t>CompanyID</t>
   </si>
   <si>
     <t>Start inputting delivered fuel--&gt;</t>
   </si>
   <si>
-    <t>Do you deliver to energy consuming sectors other than Residential, Commercial, Industrial, or Electric Generation?</t>
-[...1 lines deleted...]
-  <si>
     <t>For questions about sector definitions and fuel types included in this program, read the</t>
   </si>
   <si>
     <t>Instructions</t>
   </si>
   <si>
     <t>What should you do if you have trouble understanding these instructions?</t>
   </si>
   <si>
     <t>Heating Fuel Provider Reporting Program Need-To-Know Guide.</t>
   </si>
   <si>
-    <t>For all other questions, contact the MDE Clean Heat Team: cleanheat.mde@maryland.gov.</t>
+    <t>Electric Power</t>
+  </si>
+  <si>
+    <t>Do you deliver to energy consuming sectors other than Residential, Commercial, Industrial, or Electric Power?</t>
+  </si>
+  <si>
+    <t>What year are you reporting for</t>
+  </si>
+  <si>
+    <t>For all other questions, contact the MDE Clean Heat Team by emailing cleanheat.mde@maryland.gov or calling (410) 537-3890</t>
+  </si>
+  <si>
+    <t>Identifying counties tool</t>
+  </si>
+  <si>
+    <t xml:space="preserve">&lt;--- click link </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
@@ -1451,340 +1458,384 @@
       <color rgb="FF0072B2"/>
       <color rgb="FF56B4E9"/>
       <color rgb="FF009E73"/>
       <color rgb="FF65E765"/>
       <color rgb="FF31A354"/>
       <color rgb="FFA1D99B"/>
       <color rgb="FF6190FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>53340</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>30482</xdr:rowOff>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>7620</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>83119</xdr:rowOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>229227</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>110658</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 3">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C41B44B-19E6-BF8F-42A3-E4E4BF78966E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B77D2A8B-1C61-A858-2C34-3334ED71B188}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="53340" y="5135882"/>
-          <a:ext cx="6097905" cy="233612"/>
+          <a:off x="0" y="403860"/>
+          <a:ext cx="4496427" cy="1200318"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>53340</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>85725</xdr:rowOff>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>73111</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>54108</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>25382</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49CE7A71-6682-A925-71AB-4485D9628A66}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0E077A0-5B53-E556-0CB3-FB71536AC2AA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="53340" y="5553075"/>
-          <a:ext cx="6101715" cy="1073236"/>
+          <a:off x="38100" y="1676400"/>
+          <a:ext cx="5506218" cy="4420217"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47626</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>38035</xdr:rowOff>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>95290</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>191292</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>55345</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Picture 8">
+        <xdr:cNvPr id="8" name="Picture 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22B190F2-2338-D515-DFE1-0AE1AAA5B40A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE7BD3D-8A40-A564-5E00-DA69D2D28FA3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="47626" y="619060"/>
-          <a:ext cx="1257300" cy="238230"/>
+          <a:off x="0" y="6141720"/>
+          <a:ext cx="5677692" cy="714475"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>55245</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>93345</xdr:rowOff>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>125329</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>16008</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>38222</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 5">
+        <xdr:cNvPr id="10" name="Picture 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D06B6A51-15EC-063E-8691-7C82A0F13FFD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FB2DD30-ADDA-E8BA-7B52-F9B13337390A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="55245" y="1036320"/>
-          <a:ext cx="6099810" cy="4013434"/>
+          <a:off x="0" y="7056120"/>
+          <a:ext cx="5506218" cy="876422"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>53340</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>106680</xdr:rowOff>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>160020</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>114661</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>229398</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>63822</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 6">
+        <xdr:cNvPr id="11" name="Picture 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D290E232-830F-373B-6C55-6348AD2F0ECC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A85A8C46-5952-3B60-79C1-8539911B1C01}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="53340" y="6840855"/>
-          <a:ext cx="6102244" cy="4170406"/>
+          <a:off x="0" y="8054340"/>
+          <a:ext cx="5715798" cy="6858957"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>20955</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>169545</xdr:rowOff>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>106846</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>248450</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>130501</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Picture 11">
+        <xdr:cNvPr id="17" name="Picture 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC993D1C-4C3C-7B39-7D9C-507242EC66A2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01C81DE1-5FAD-43AC-85ED-2A5C848D89DB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="20955" y="11247120"/>
-          <a:ext cx="6132725" cy="1928026"/>
+          <a:off x="0" y="15059025"/>
+          <a:ext cx="5731040" cy="6818956"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>161925</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>115082</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>97606</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 17">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2A934E5-DE1A-43CD-81B5-C8D0A9EBAED1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="22098000"/>
+          <a:ext cx="5601482" cy="3198946"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>7012</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>188717</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>15444</xdr:colOff>
       <xdr:row>7</xdr:row>
-      <xdr:rowOff>181097</xdr:rowOff>
+      <xdr:rowOff>169667</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C445A450-1BE4-74E6-326A-CF3D544D34DF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="14395842" y="958823"/>
           <a:ext cx="4325081" cy="1117141"/>
         </a:xfrm>
@@ -2158,432 +2209,443 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mde.maryland.gov/programs/air/ClimateChange/Documents/Need%20to%20Know%20Guide%20for%20Heating%20Fuel%20Providers.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mdgeodata.md.gov/BulkGeocode/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mde.maryland.gov/programs/air/ClimateChange/Documents/Need%20to%20Know%20Guide%20for%20Heating%20Fuel%20Providers.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5B7DA0E-6A8E-4003-9EE8-0AB9B0B34E72}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:M10"/>
+  <dimension ref="A1:N102"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="J1" sqref="J1"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A29" workbookViewId="0">
+      <selection activeCell="Q103" sqref="Q103"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
-    <row r="1" spans="1:13" ht="31.2" x14ac:dyDescent="0.6">
+    <row r="1" spans="1:12" ht="31.2" x14ac:dyDescent="0.6">
       <c r="A1" s="42" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="J1" s="43"/>
       <c r="L1" s="40" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:13" x14ac:dyDescent="0.3">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.3">
       <c r="L2" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="L3" s="41" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="3" spans="1:13" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-    <row r="5" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.3">
       <c r="L5" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="M10" s="43"/>
+    <row r="50" spans="12:12" x14ac:dyDescent="0.3">
+      <c r="L50" s="43"/>
+    </row>
+    <row r="102" spans="11:14" x14ac:dyDescent="0.3">
+      <c r="K102" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="L102" s="43"/>
+      <c r="N102" s="43" t="s">
+        <v>110</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="+6x4pre9TfRUvzfIFjRt21kd1tT36ohwQeU1L0Uf7l8G60TVviNVt0JiTfmdyBKrSFOvLFQ1HsPNGNKNyPD/uw==" saltValue="dt2VbnWCBah/qyKKvr2XLw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="+oaTjaDj9hg8n6laFeLbe0k7obLcg4/GMLqSKXuqRTSoaBjE7XXkb3QGUlcMERQWGS26zCpKHbCQvTqLwoVx+Q==" saltValue="Svd/hw1g4NG4HUR7gCJZVg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="L3" r:id="rId1" display="Heating Fuel Provider Reporting Program Need-To-Know Guide" xr:uid="{B28A8259-130B-46B9-B9FE-9A0AE26C6610}"/>
+    <hyperlink ref="K102" r:id="rId2" xr:uid="{D7857166-90AF-476D-9C4C-C3FA09BB867A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId2"/>
+  <pageSetup orientation="portrait" r:id="rId3"/>
+  <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4DAC4AA7-2991-41BE-B7B4-23A9DE836BE8}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:N37"/>
   <sheetViews>
-    <sheetView zoomScale="94" zoomScaleNormal="94" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+    <sheetView topLeftCell="A6" zoomScale="94" zoomScaleNormal="94" workbookViewId="0">
+      <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="31.109375" customWidth="1"/>
     <col min="2" max="2" width="13.33203125" customWidth="1"/>
     <col min="3" max="4" width="8.88671875" customWidth="1"/>
     <col min="5" max="5" width="26.44140625" customWidth="1"/>
     <col min="6" max="6" width="10.109375" customWidth="1"/>
     <col min="7" max="7" width="13.88671875" customWidth="1"/>
     <col min="8" max="8" width="22.88671875" customWidth="1"/>
     <col min="9" max="9" width="6.44140625" customWidth="1"/>
     <col min="10" max="10" width="31.33203125" customWidth="1"/>
     <col min="11" max="11" width="13.6640625" customWidth="1"/>
     <col min="12" max="12" width="14" customWidth="1"/>
     <col min="13" max="13" width="8.88671875" style="2"/>
     <col min="14" max="14" width="62.88671875" customWidth="1"/>
     <col min="18" max="18" width="8.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
-        <v>28</v>
+        <v>107</v>
       </c>
       <c r="E1" s="34" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F1" s="44"/>
       <c r="G1" s="45"/>
       <c r="H1" s="46"/>
     </row>
     <row r="2" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="27"/>
       <c r="E2" s="35" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F2" s="47"/>
       <c r="G2" s="48"/>
       <c r="H2" s="49"/>
       <c r="I2" s="1"/>
     </row>
     <row r="3" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="E3" s="36" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F3" s="50"/>
       <c r="G3" s="51"/>
       <c r="H3" s="52"/>
     </row>
     <row r="4" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="16" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="27"/>
     </row>
     <row r="6" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="7" spans="1:14" ht="58.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="19" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B7" s="17"/>
       <c r="C7" s="17"/>
       <c r="D7" s="17"/>
       <c r="E7" s="17"/>
       <c r="F7" s="17"/>
       <c r="G7" s="17"/>
       <c r="H7" s="17"/>
       <c r="I7" s="17"/>
       <c r="J7" s="17"/>
       <c r="K7" s="17"/>
       <c r="L7" s="17"/>
       <c r="M7" s="18"/>
       <c r="N7" s="17"/>
     </row>
     <row r="8" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="27"/>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.3">
       <c r="I9" s="1"/>
     </row>
     <row r="10" spans="1:14" ht="42.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="53" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B10" s="54"/>
       <c r="C10" s="54"/>
       <c r="D10" s="54"/>
       <c r="E10" s="54"/>
       <c r="F10" s="54"/>
       <c r="G10" s="54"/>
       <c r="H10" s="54"/>
       <c r="I10" s="54"/>
       <c r="J10" s="54"/>
       <c r="K10" s="55"/>
       <c r="L10" s="14"/>
       <c r="N10" s="38" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="N11" s="39"/>
     </row>
     <row r="12" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="13" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="E13" s="19" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F13" s="19" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G13" s="19" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="J13" s="19" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="N13" s="22"/>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A14" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="28"/>
       <c r="E14" s="6" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F14" s="37" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G14" s="28"/>
       <c r="J14" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K14" s="28"/>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="30"/>
       <c r="E15" s="10" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F15" s="12" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="G15" s="29"/>
       <c r="J15" s="10" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K15" s="29"/>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A16" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="30"/>
       <c r="E16" s="10" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F16" s="12" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G16" s="29"/>
       <c r="J16" s="7" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="K16" s="30"/>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A17" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="30"/>
       <c r="E17" s="7" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G17" s="29"/>
       <c r="J17" s="7" t="s">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="K17" s="31"/>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A18" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="30"/>
       <c r="E18" s="7" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G18" s="30"/>
       <c r="J18" s="13" t="str" cm="1">
         <f t="array" ref="J18">IF(A8="Yes", _xlfn.TRIMRANGE(_xlfn.DROP(helper!AB:AB,1,0),2,0),"")</f>
         <v/>
       </c>
       <c r="K18" s="30"/>
       <c r="N18" s="21"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A19" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="30"/>
       <c r="E19" s="7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G19" s="30"/>
       <c r="J19" s="7"/>
       <c r="K19" s="32"/>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A20" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="30"/>
       <c r="E20" s="7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G20" s="30"/>
       <c r="J20" s="10"/>
       <c r="K20" s="30"/>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A21" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="30"/>
       <c r="E21" s="7" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G21" s="30"/>
       <c r="J21" s="7"/>
       <c r="K21" s="30"/>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A22" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="30"/>
       <c r="E22" s="7" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G22" s="30"/>
       <c r="J22" s="10"/>
       <c r="K22" s="29"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="30"/>
       <c r="E23" s="7" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G23" s="30"/>
       <c r="J23" s="7"/>
       <c r="K23" s="30"/>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A24" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="30"/>
       <c r="E24" s="7" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G24" s="30"/>
       <c r="J24" s="7"/>
       <c r="K24" s="30"/>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A25" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="30"/>
       <c r="E25" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G25" s="30"/>
       <c r="H25" s="20"/>
       <c r="I25" s="15"/>
       <c r="J25" s="10"/>
       <c r="K25" s="29"/>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A26" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B26" s="30"/>
       <c r="E26" s="7" t="str" cm="1">
         <f t="array" ref="E26">IF(A5="Yes", _xlfn.TRIMRANGE(_xlfn.DROP(helper!M:M,1,0),2,0),"")</f>
         <v/>
       </c>
       <c r="F26" s="9" t="str" cm="1">
         <f t="array" ref="F26">IF(A5="Yes", _xlfn.TRIMRANGE(_xlfn.DROP(helper!N:N,1,0),2,0),"")</f>
         <v/>
       </c>
       <c r="G26" s="30"/>
       <c r="H26" s="20"/>
       <c r="I26" s="15"/>
       <c r="J26" s="7"/>
       <c r="K26" s="30"/>
@@ -2624,51 +2686,51 @@
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A30" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B30" s="30"/>
       <c r="E30" s="7"/>
       <c r="F30" s="5"/>
       <c r="G30" s="30"/>
       <c r="J30" s="7"/>
       <c r="K30" s="30"/>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A31" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B31" s="30"/>
       <c r="E31" s="7"/>
       <c r="F31" s="5"/>
       <c r="G31" s="30"/>
       <c r="J31" s="10"/>
       <c r="K31" s="29"/>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A32" s="7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B32" s="30"/>
       <c r="E32" s="7"/>
       <c r="F32" s="5"/>
       <c r="G32" s="30"/>
       <c r="J32" s="7"/>
       <c r="K32" s="30"/>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A33" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B33" s="30"/>
       <c r="E33" s="7"/>
       <c r="F33" s="5"/>
       <c r="G33" s="30"/>
       <c r="J33" s="7"/>
       <c r="K33" s="30"/>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A34" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B34" s="30"/>
       <c r="E34" s="7"/>
@@ -2682,60 +2744,60 @@
         <v>21</v>
       </c>
       <c r="B35" s="30"/>
       <c r="E35" s="7"/>
       <c r="F35" s="5"/>
       <c r="G35" s="30"/>
       <c r="J35" s="7"/>
       <c r="K35" s="30"/>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A36" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B36" s="30"/>
       <c r="E36" s="7"/>
       <c r="F36" s="5"/>
       <c r="G36" s="30"/>
       <c r="J36" s="7"/>
       <c r="K36" s="30"/>
     </row>
     <row r="37" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B37" s="33" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E37" s="7"/>
       <c r="F37" s="5"/>
       <c r="G37" s="30"/>
       <c r="J37" s="8"/>
       <c r="K37" s="33"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="bkhphw6PpP3wvJ3jIFpD3CiMOVlnji4bTlK1GMn4O9LLmpwIKPrPXrgVZuNV1/VCiZ16v3B8MqX3IpGVNbmcSA==" saltValue="6s+KHdlvlLYDs6z4uxP3ag==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="F7QNBSCK//ZGzRT9S/aMw9A95C6syRDz19GscmedJWY1TYHK+7bXmKj9GMWvX101IQ6A/T9WBBBV8IBNqTTHYQ==" saltValue="CBwtDCMtWj18WKQVDSFeFA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="4">
     <mergeCell ref="F1:H1"/>
     <mergeCell ref="F2:H2"/>
     <mergeCell ref="F3:H3"/>
     <mergeCell ref="A10:K10"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="N10:R10" location="'Input Sheet'!G2" display="Start inputting delivered fuel--&gt;" xr:uid="{9B623F74-0042-4978-B0FE-A7DB59F3084C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xWindow="363" yWindow="906" count="4">
         <x14:dataValidation type="list" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Dropdown Menu" error="Please select cell A2 and click the dropdown arrow to see viable inputs." promptTitle="Year" prompt="Select Year" xr:uid="{C5C137F7-E3BA-4680-BEE4-E6B40AE2E91C}">
           <x14:formula1>
             <xm:f>helper!$A$2:$A$47</xm:f>
           </x14:formula1>
           <xm:sqref>A2</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Warning!" error="You entered something other than a Yes or blank. The workbook will still function, but please be sure you intended to mark this field." promptTitle="Yes or Blank" prompt="Mark with a Yes if you DO deliver to this county. Leave this blank if you do not." xr:uid="{8979049C-C7DD-45D4-9577-60084E3F9BC6}">
           <x14:formula1>
             <xm:f>helper!$E$2:$E$3</xm:f>
           </x14:formula1>
@@ -2761,66 +2823,66 @@
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B9A9BC08-1599-4E01-84F8-C20181D194B4}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:AD3"/>
   <sheetViews>
     <sheetView topLeftCell="B1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.44140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="23.88671875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.6640625" bestFit="1" customWidth="1"/>
     <col min="7" max="30" width="16.77734375" style="23" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E1" t="s">
         <v>26</v>
       </c>
       <c r="F1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G1" t="e" cm="1" vm="1">
         <f t="array" ref="G1">TRANSPOSE(RemoveBlanks(helper!$R$2:$R$25))</f>
         <v>#VALUE!</v>
       </c>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
       <c r="Q1"/>
       <c r="R1"/>
       <c r="S1"/>
       <c r="T1"/>
       <c r="U1"/>
       <c r="V1"/>
       <c r="W1"/>
       <c r="X1"/>
       <c r="Y1"/>
       <c r="Z1"/>
       <c r="AA1"/>
@@ -2915,606 +2977,604 @@
           </x14:cfRule>
           <x14:cfRule type="expression" priority="9" id="{7BF1A371-9CF6-448E-88BE-693B1458F194}">
             <xm:f>OR($C1=helper!$C$2, $C1=helper!$C$4, $C1=helper!$C$6, $C1=helper!$C$8, $C1=helper!$C$10, $C1=helper!$C$12)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <fgColor theme="0"/>
                   <bgColor rgb="FFBDE2F5"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>A1:AD1048576</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9E6BF316-1E19-411E-AB78-27B229E124F6}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:AB78"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.88671875" style="24"/>
     <col min="2" max="2" width="12.33203125" style="24" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="12.33203125" style="24" customWidth="1"/>
     <col min="4" max="4" width="16.88671875" style="24" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="8.88671875" style="24"/>
     <col min="7" max="7" width="23.33203125" style="24" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="23.33203125" style="24" customWidth="1"/>
     <col min="9" max="9" width="8.88671875" style="24"/>
     <col min="10" max="14" width="19.109375" style="24" customWidth="1"/>
     <col min="15" max="16" width="8.88671875" style="24"/>
     <col min="17" max="17" width="15.6640625" style="24" bestFit="1" customWidth="1"/>
     <col min="18" max="21" width="8.88671875" style="24"/>
     <col min="22" max="22" width="23.6640625" style="24" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="21.109375" style="24" bestFit="1" customWidth="1"/>
     <col min="24" max="16384" width="8.88671875" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A1" s="24" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B1" s="24" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="24" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D1" s="24" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="E1" s="24" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G1" s="24" t="s">
         <v>25</v>
       </c>
       <c r="H1" s="24" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="I1" s="24" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="J1" s="24" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="K1" s="24" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="L1" s="24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M1" s="24" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="N1" s="24" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="Q1" s="24" t="s">
         <v>24</v>
       </c>
       <c r="R1" s="24" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="V1" s="24" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="W1" s="24" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="AB1" s="24" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="2" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A2" s="24">
         <v>2025</v>
       </c>
       <c r="B2" s="24" t="e">
         <f>IF(Setup!#REF!="Q1", "January",
 IF(Setup!#REF!="Q2", "April",
 IF(Setup!#REF!="Q3", "July",
 "October")))</f>
         <v>#REF!</v>
       </c>
       <c r="C2" s="24" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D2" s="24" t="str">
         <f>IF(Setup!$F$3&lt;&gt;"",Setup!$F$3,
 IF(Setup!$G$3&lt;&gt;"", Setup!$G$3,
 IF(Setup!$H$3&lt;&gt;"",Setup!$H$3,"No Company ID Input")
 )
 )</f>
         <v>No Company ID Input</v>
       </c>
       <c r="E2" s="24" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F2" s="25"/>
       <c r="G2" s="24" t="str" cm="1">
         <f t="array" ref="G2:G14">_xlfn.TRIMRANGE(_xlfn.DROP(Setup!E:E,13,),2,0)</f>
         <v>Biomethane</v>
       </c>
       <c r="H2" s="24" t="str" cm="1">
         <f t="array" ref="H2:H13">_xlfn._xlws.FILTER(_xlfn.ANCHORARRAY(G2),NOT(_xlfn.ANCHORARRAY(G2)="")*NOT(_xlfn.ANCHORARRAY(G2)=0),)</f>
         <v>Biomethane</v>
       </c>
       <c r="I2" s="25" t="str" cm="1">
         <f t="array" ref="I2:I13">_xlfn.LET(_xlpm.unitsList,_xlfn.TRIMRANGE(_xlfn.DROP(Setup!F:F,13,),2,0),
 _xlfn._xlws.FILTER(_xlpm.unitsList,NOT(_xlpm.unitsList=""),))</f>
         <v>Mcf</v>
       </c>
       <c r="J2" s="25" t="str" cm="1">
         <f t="array" ref="J2">IFERROR(IF(
 _xlfn.TRIMRANGE(_xlfn.DROP(Setup!G:G,13,),2,0)="Yes",_xlfn.ANCHORARRAY(H2),""),"")</f>
         <v/>
       </c>
       <c r="K2" s="25" t="str" cm="1">
         <f t="array" ref="K2">IFERROR(IF(
 _xlfn.TRIMRANGE(_xlfn.DROP(Setup!G:G,13,),2,0)="Yes",_xlfn.ANCHORARRAY(I2),""),"")</f>
         <v/>
       </c>
       <c r="L2" s="25" t="e" cm="1" vm="1">
         <f t="array" ref="L2">RemoveColumnBlanks(_xlfn.TRIMRANGE(_xlfn.DROP(J:J,1,0),2,0))</f>
         <v>#VALUE!</v>
       </c>
       <c r="M2" s="24" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="N2" s="25" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="O2" s="25"/>
       <c r="Q2" s="24" t="s">
         <v>2</v>
       </c>
       <c r="R2" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B14,"yes",1),Q2,"")</f>
         <v/>
       </c>
       <c r="V2" s="24" t="str" cm="1">
         <f t="array" ref="V2:V5">_xlfn._xlws.FILTER(_xlfn.TRIMRANGE(_xlfn.DROP(Setup!J:J,13,),2,0),
 _xlfn.TRIMRANGE(_xlfn.DROP(Setup!J:J,13,),2,0) &lt;&gt;"",)</f>
         <v>Residential</v>
       </c>
       <c r="W2" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!K14,"yes",1),V2,"")</f>
         <v/>
       </c>
       <c r="X2" s="24" t="e" cm="1" vm="1">
         <f t="array" ref="X2">RemoveColumnBlanks(FuelCatHelper)</f>
         <v>#VALUE!</v>
       </c>
       <c r="Y2" s="24" t="str" cm="1">
         <f t="array" ref="Y2:Y6">_xlfn.DROP(_xlfn.TRIMRANGE(helper!$W:$W,2,0),1,0)</f>
         <v/>
       </c>
       <c r="AB2" s="24" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A3" s="24">
         <v>2026</v>
       </c>
       <c r="B3" s="24" t="e">
         <f>IF(Setup!#REF!="Q1", "February",
 IF(Setup!#REF!="Q2", "May",
 IF(Setup!#REF!="Q3", "August",
 "November")))</f>
         <v>#REF!</v>
       </c>
       <c r="C3" s="24" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="G3" s="24" t="str">
         <v>Coal</v>
       </c>
       <c r="H3" s="24" t="str">
         <v>Coal</v>
       </c>
       <c r="I3" s="25" t="str">
         <v>short tons</v>
       </c>
       <c r="J3" s="25"/>
       <c r="K3" s="25"/>
       <c r="L3" s="25"/>
       <c r="M3" s="24" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="N3" s="25" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="O3" s="25"/>
       <c r="Q3" s="24" t="s">
         <v>3</v>
       </c>
       <c r="R3" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B15,"yes",1),Q3,"")</f>
         <v/>
       </c>
       <c r="V3" s="24" t="str">
         <v>Commercial</v>
       </c>
       <c r="W3" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!K15,"yes",1),V3,"")</f>
         <v/>
       </c>
       <c r="Y3" s="24" t="str">
         <v/>
       </c>
       <c r="AB3" s="24" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="4" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A4" s="24">
         <v>2027</v>
       </c>
       <c r="B4" s="24" t="e">
         <f>IF(Setup!#REF!="Q1", "March",
 IF(Setup!#REF!="Q2", "June",
 IF(Setup!#REF!="Q3", "September",
 "December")))</f>
         <v>#REF!</v>
       </c>
       <c r="C4" s="24" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G4" s="24" t="str">
         <v>Hydrogen</v>
       </c>
       <c r="H4" s="24" t="str">
         <v>Hydrogen</v>
       </c>
       <c r="I4" s="25" t="str">
         <v>Mcf</v>
       </c>
       <c r="J4" s="25"/>
       <c r="K4" s="25"/>
       <c r="L4" s="25"/>
       <c r="M4" s="24" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="N4" s="25" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="O4" s="25"/>
       <c r="Q4" s="24" t="s">
         <v>4</v>
       </c>
       <c r="R4" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B16,"yes",1),Q4,"")</f>
         <v/>
       </c>
       <c r="V4" s="24" t="str">
         <v>Industrial</v>
       </c>
       <c r="W4" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!K16,"yes",1),V4,"")</f>
         <v/>
       </c>
       <c r="Y4" s="24" t="str">
         <v/>
       </c>
       <c r="AB4" s="24" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="5" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A5" s="24">
         <v>2028</v>
       </c>
       <c r="C5" s="24" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G5" s="24" t="str">
         <v>Kerosene</v>
       </c>
       <c r="H5" s="24" t="str">
         <v>Kerosene</v>
       </c>
       <c r="I5" s="24" t="str">
         <v>gallons</v>
       </c>
       <c r="J5" s="25"/>
       <c r="K5" s="25"/>
       <c r="L5" s="25"/>
       <c r="M5" s="24" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="N5" s="25" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Q5" s="24" t="s">
         <v>5</v>
       </c>
       <c r="R5" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B17,"yes",1),Q5,"")</f>
         <v/>
       </c>
       <c r="V5" s="24" t="str">
-        <v>Electric Generation</v>
+        <v>Electric Power</v>
       </c>
       <c r="W5" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!K17,"yes",1),V5,"")</f>
         <v/>
       </c>
       <c r="Y5" s="24" t="str">
         <v/>
       </c>
       <c r="AB5" s="24" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A6" s="24">
         <v>2029</v>
       </c>
       <c r="C6" s="24" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G6" s="24" t="str">
         <v>Natural Gas</v>
       </c>
       <c r="H6" s="24" t="str">
         <v>Natural Gas</v>
       </c>
       <c r="I6" s="25" t="str">
         <v>Mcf</v>
       </c>
       <c r="J6" s="25"/>
       <c r="K6" s="25"/>
       <c r="L6" s="25"/>
       <c r="M6" s="24" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="N6" s="25" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="O6" s="25"/>
       <c r="Q6" s="24" t="s">
         <v>6</v>
       </c>
       <c r="R6" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B18,"yes",1),Q6,"")</f>
         <v/>
       </c>
       <c r="W6" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!K19,"yes",1),V6,"")</f>
         <v/>
       </c>
       <c r="Y6" s="24" t="str">
         <v/>
       </c>
       <c r="AB6" s="24" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A7" s="24">
         <v>2030</v>
       </c>
       <c r="C7" s="24" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="G7" s="24" t="str">
         <v>No. 1 Fuel Oil</v>
       </c>
       <c r="H7" s="24" t="str">
         <v>No. 1 Fuel Oil</v>
       </c>
       <c r="I7" s="24" t="str">
         <v>gallons</v>
       </c>
       <c r="J7" s="25"/>
       <c r="K7" s="25"/>
       <c r="L7" s="25"/>
       <c r="M7" s="24" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="N7" s="25" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Q7" s="24" t="s">
         <v>7</v>
       </c>
       <c r="R7" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B19,"yes",1),Q7,"")</f>
         <v/>
       </c>
     </row>
     <row r="8" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A8" s="24">
         <v>2031</v>
       </c>
       <c r="C8" s="24" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="G8" s="24" t="str">
         <v>No. 2 Fuel Oil</v>
       </c>
       <c r="H8" s="24" t="str">
         <v>No. 2 Fuel Oil</v>
       </c>
       <c r="I8" s="24" t="str">
         <v>gallons</v>
       </c>
       <c r="J8" s="25"/>
       <c r="K8" s="25"/>
       <c r="L8" s="25"/>
       <c r="M8" s="24" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="N8" s="25" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="O8" s="25"/>
       <c r="Q8" s="24" t="s">
         <v>8</v>
       </c>
       <c r="R8" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B20,"yes",1),Q8,"")</f>
         <v/>
       </c>
     </row>
     <row r="9" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A9" s="24">
         <v>2032</v>
       </c>
       <c r="C9" s="24" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G9" s="24" t="str">
         <v>No. 4 Fuel Oil</v>
       </c>
       <c r="H9" s="24" t="str">
         <v>No. 4 Fuel Oil</v>
       </c>
       <c r="I9" s="25" t="str">
         <v>gallons</v>
       </c>
       <c r="J9" s="25"/>
       <c r="K9" s="25"/>
       <c r="L9" s="25"/>
       <c r="M9" s="25"/>
       <c r="N9" s="25"/>
       <c r="O9" s="25"/>
       <c r="Q9" s="24" t="s">
         <v>9</v>
       </c>
       <c r="R9" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B21,"yes",1),Q9,"")</f>
         <v/>
       </c>
     </row>
     <row r="10" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A10" s="24">
         <v>2033</v>
       </c>
       <c r="C10" s="24" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G10" s="24" t="str">
         <v>No. 5 Fuel Oil</v>
       </c>
       <c r="H10" s="24" t="str">
         <v>No. 5 Fuel Oil</v>
       </c>
       <c r="I10" s="25" t="str">
         <v>gallons</v>
       </c>
       <c r="J10" s="25"/>
       <c r="K10" s="25"/>
       <c r="L10" s="25"/>
       <c r="M10" s="25"/>
       <c r="N10" s="25"/>
       <c r="O10" s="25"/>
       <c r="Q10" s="24" t="s">
         <v>10</v>
       </c>
       <c r="R10" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B22,"yes",1),Q10,"")</f>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A11" s="24">
         <v>2034</v>
       </c>
       <c r="C11" s="24" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G11" s="24" t="str">
         <v>No. 6 Fuel Oil</v>
       </c>
       <c r="H11" s="24" t="str">
         <v>No. 6 Fuel Oil</v>
       </c>
       <c r="I11" s="25" t="str">
         <v>gallons</v>
       </c>
       <c r="J11" s="25"/>
       <c r="K11" s="25"/>
       <c r="L11" s="25"/>
       <c r="M11" s="25"/>
       <c r="N11" s="25"/>
       <c r="Q11" s="24" t="s">
         <v>11</v>
       </c>
       <c r="R11" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B23,"yes",1),Q11,"")</f>
         <v/>
       </c>
     </row>
     <row r="12" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A12" s="24">
         <v>2035</v>
       </c>
       <c r="C12" s="24" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="G12" s="24" t="str">
         <v>Other Fuel Oil</v>
       </c>
       <c r="H12" s="24" t="str">
         <v>Other Fuel Oil</v>
       </c>
       <c r="I12" s="24" t="str">
         <v>gallons</v>
       </c>
       <c r="J12" s="25"/>
       <c r="K12" s="25"/>
       <c r="L12" s="25"/>
       <c r="M12" s="25"/>
       <c r="N12" s="25"/>
       <c r="Q12" s="24" t="s">
         <v>12</v>
       </c>
       <c r="R12" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B24,"yes",1),Q12,"")</f>
         <v/>
       </c>
     </row>
     <row r="13" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A13" s="24">
         <v>2036</v>
       </c>
       <c r="C13" s="24" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G13" s="24" t="str">
         <v>Propane</v>
       </c>
       <c r="H13" s="24" t="str">
         <v>Propane</v>
       </c>
       <c r="I13" s="24" t="str">
         <v>gallons</v>
       </c>
       <c r="J13" s="25"/>
       <c r="K13" s="25"/>
       <c r="L13" s="25"/>
       <c r="M13" s="25"/>
       <c r="N13" s="25"/>
       <c r="Q13" s="24" t="s">
         <v>13</v>
       </c>
       <c r="R13" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B25,"yes",1),Q13,"")</f>
         <v/>
       </c>
     </row>
     <row r="14" spans="1:28" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="24">
@@ -3602,51 +3662,51 @@
       </c>
       <c r="R18" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B30,"yes",1),Q18,"")</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A19" s="24">
         <v>2042</v>
       </c>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="Q19" s="24" t="s">
         <v>19</v>
       </c>
       <c r="R19" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B31,"yes",1),Q19,"")</f>
         <v/>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A20" s="24">
         <v>2043</v>
       </c>
       <c r="Q20" s="24" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="R20" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B32,"yes",1),Q20,"")</f>
         <v/>
       </c>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A21" s="24">
         <v>2044</v>
       </c>
       <c r="Q21" s="24" t="s">
         <v>20</v>
       </c>
       <c r="R21" s="24" t="str">
         <f>IF(_xlfn.REGEXTEST(Setup!B33,"yes",1),Q21,"")</f>
         <v/>
       </c>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A22" s="24">
         <v>2045</v>
       </c>
       <c r="Q22" s="24" t="s">
         <v>27</v>
       </c>
@@ -3786,96 +3846,96 @@
         <v>2067</v>
       </c>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A45" s="24">
         <v>2068</v>
       </c>
     </row>
     <row r="46" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A46" s="24">
         <v>2069</v>
       </c>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A47" s="24">
         <v>2070</v>
       </c>
     </row>
     <row r="78" spans="4:4" x14ac:dyDescent="0.3">
       <c r="D78" s="24" t="e" cm="1">
         <f t="array" ref="D78">_xlfn.TEXTAFTER(_xlfn.TEXTBEFORE(_xlfn.ANCHORARRAY(D51),"@"),"?")</f>
         <v>#REF!</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="OR3djsAWrHXlNm0Y/91wT3RhU5UHiWFZiHuDJ8NKNn91WL7ADAUGflu9gJN2gKx0nZjN/GZ6ty33zp6hH4xD6A==" saltValue="v+5JBRXus4QYxLUMmgOVFw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="shRKXhY9ZnduytYQPn60+EMx78rM0D1MyvqlG+ZY1dhGjioGFqNjn0Xr0bwlrjyQZd423FsiX8Re7FFKL+8ymg==" saltValue="3RSneAgxoGR1mYMzwnP1kA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4C416E8B-272F-4609-A5AA-6B6F151C00B4}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:AD6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.6640625" customWidth="1"/>
     <col min="3" max="3" width="9.77734375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.77734375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.77734375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.5546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.6640625" customWidth="1"/>
     <col min="8" max="8" width="53.6640625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="52.6640625" bestFit="1" customWidth="1"/>
     <col min="10" max="30" width="14.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E1" t="s">
         <v>26</v>
       </c>
       <c r="F1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G1" t="str" cm="1">
         <f t="array" ref="G1:AD1">TRANSPOSE(helper!Q2:Q25)</f>
         <v>Allegany</v>
       </c>
       <c r="H1" t="str">
         <v>Anne Arundel</v>
       </c>
       <c r="I1" t="str">
         <v>Baltimore City</v>
       </c>
       <c r="J1" t="str">
         <v>Baltimore County</v>
       </c>
       <c r="K1" t="str">
         <v>Calvert</v>
       </c>
       <c r="L1" t="str">
         <v>Caroline</v>
       </c>
       <c r="M1" t="str">
         <v>Carroll</v>
       </c>
       <c r="N1" t="str">
         <v>Cecil</v>
@@ -4227,59 +4287,59 @@
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{831E9050-9796-456C-A0FF-A62CA37D5987}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60949DC5-1F40-4E98-9A90-EF441A3A4C5A}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F2DE913-BA17-47AB-83AA-84D86DFB44EC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36D58E8C-E59B-4212-B8EB-DB2C23F6396B}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{837DC942-973A-44F7-820C-3043B7DF17CF}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D39B50B5-678D-4278-A075-7E6FED44A628}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">